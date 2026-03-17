--- v0 (2025-11-17)
+++ v1 (2026-03-17)
@@ -1,1280 +1,1179 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/_rels/workbook.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/>
+</Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-[...7 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E9523025-B3A7-4E80-A3DF-487110942C5B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <fileVersion appName="Calc"/>
+  <workbookPr backupFile="false" showObjects="all" date1904="false"/>
+  <workbookProtection/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="25820" windowHeight="15500" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView showHorizontalScroll="true" showVerticalScroll="true" showSheetTabs="true" xWindow="0" yWindow="0" windowWidth="16384" windowHeight="8192" tabRatio="500" firstSheet="0" activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Feuil1" sheetId="1" r:id="rId1"/>
+    <sheet name="Feuil1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.0001"/>
   <extLst>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="509" uniqueCount="283">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="564" uniqueCount="274">
   <si>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Aharoni"/>
+        <family val="0"/>
         <charset val="177"/>
       </rPr>
-      <t>CALENDRIER RANDOS </t>
+      <t xml:space="preserve">CALENDRIER RANDOS </t>
     </r>
     <r>
       <rPr>
         <sz val="18"/>
         <color rgb="FFE74C3C"/>
         <rFont val="Aharoni"/>
+        <family val="0"/>
         <charset val="177"/>
       </rPr>
-      <t>2025</t>
+      <t xml:space="preserve">2026</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FFE74C3C"/>
         <rFont val="Aharoni"/>
+        <family val="0"/>
         <charset val="177"/>
       </rPr>
       <t xml:space="preserve">  </t>
     </r>
   </si>
   <si>
-    <t>Dates</t>
-[...91 lines deleted...]
-      <t xml:space="preserve">Saint-Orens (31650)
+    <t xml:space="preserve">Dates</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Journée</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Encadrant</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Niveau</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dénivelé</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Distance</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Durée</t>
+  </si>
+  <si>
+    <t xml:space="preserve">IBP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Détails de la sortie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lieu de Départ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carte IGN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ven</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Charles</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+1050m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">14 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7h00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Boucle au départ se Signac entre forêts et paturages ,avec ou sans neige.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">31 signac</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1847OT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dim</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nathalie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+470 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5h00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Boucle au départ de Dourgne vous conduisant à la Capelette (Chapelle de St-Férréol)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dourgne (81</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2244SB 2344OT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mardi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Assemblée extraordinaire et soirée galettes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SOIREE GALETTE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Salle Belevalia- espace MarcaissonneSaint-Orens (31650)
 </t>
-    </r>
-[...58 lines deleted...]
-Limité à 10 participants.
+  </si>
+  <si>
+    <t xml:space="preserve">Sam</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Didier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Raq/N2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+865 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9 ,24 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">si enneigement suffissant, Boucle du Mont Né en passant par le port de Pierrefite . Raquettes de montagne nécéssaire.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bourg d’Oueil (31081)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1847OT  1848OT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+300m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5h40</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Crêtes et tumulus autour de Lautrec</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lautrec (81)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2242SB/ 2243SB / 2342SB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+1100m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sommet de Mentiés depuis Saurat</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saurat (09)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2047ET </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jean-Louis</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+650 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">11 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6h00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sommet du Puech depuis col de Portet d’Aspet </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Col de Portet d’Aspet</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2045SB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+1025m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">18 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rocher de Miglos et Pla de Montcamp</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Norat (09)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2147ET/ 2148ET/2148OT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Corine</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+460 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">19 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Les Cassès ; Boucle entre Bucher Cathare, Rigole pour canal du midi et château de MontMaur</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Les Cassès 11320)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2244SB  2245SB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alain</t>
+  </si>
+  <si>
+    <t xml:space="preserve">annulée</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N3 / Raq</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+984 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6H30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pic Bacanère 2193 m, en pasant par Cabane de Peyrehitte et le long de la frontière en A/R.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Artigue (31019)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1848OT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Franck</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+850 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Randonnée N2 au dessus de Ferrère qui pourra vous emmener jusq’au Pic de Douly</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ferrère (65370)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Boucle Sorèze / Saint Ferréol / Durfort / Soeèze (81)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sorèze (81)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2244SB </t>
+  </si>
+  <si>
+    <t xml:space="preserve">+/- 1200 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">13,2 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sommet Hivernal de l’Anténac (Luchonnais)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cier-de-Luchon (31110)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1847OT / 1848OT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Du 26 au 28/03/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Séjour</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Charles et Didier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+450 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3h00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">J1 : Départ de ST Orens pour le Pont d’Espagne et la montée au refuge Wallon</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pont d’Espagne (Cauterets)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1647OT 1648OT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">« </t>
+  </si>
+  <si>
+    <t xml:space="preserve">12 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">J2 : Du refuge Wallon montée dans le vallon de Cambalès et retour au refuge</t>
+  </si>
+  <si>
+    <t xml:space="preserve">refuge Wallon</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+500 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">J3 : Du refuge Wallon monntée au lac du Pourtet et lacs d’Embarrat .Puis descente vers le pont d’Espagne et retour Saint-Orens</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+900 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6h30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Goulier Neige par les bois et crêtes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">départ de Goulier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2148OT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+1100 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">8h00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Boucle du Picou et Bout du Touron (09)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gagnac (09)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2047ET / 2147ET</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+300 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Boucle de Villegly , De son château , de sa garrigue. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Villegly (11600)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2345SB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Karine</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> +590 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15,1 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N2  Cascade d’Arifat  -  Boucle</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Costes Auriès  (Tarn)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">à définir</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+1500 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pic de Cabanatous (2050m) Via étangs de Bassiès , depuis le parking de Massada.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Parking de Massada (Aprés Auzat)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2047ET 2148OT</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> +630 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N1 Col de Port, Pic d'Estibat et sommet des Griets </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Col de Port</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2047 ET</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+968 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9,70 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Niveau N2 + car bonnes pentes.  Cap de Laubère en A/R.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Village d’Ens (65)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1748 ET</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+1300 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7H00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N3 Boucle  via les pics de Soularac (2368 m) et Saint Barthélemy (2348 m). </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Station des Monts  d’Olmes (09)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2147ET / 2148ET</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+1030 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Montagne d’Areng 2079m en boucle</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Artigue( Ferrère)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Du 19 au 21/06/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">7 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4h00</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Séjour Gavarnie : Pic Le Bergons en A/R</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Piste</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1748OT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+750 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                             Pic de Lary en A/R </t>
+  </si>
+  <si>
+    <t xml:space="preserve">D911 route de la station de Gèdre</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+800 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">                             Tour secret du cirque </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Village de Gavarnie</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> +460 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N1 Cordes sur ciel  - Boucle</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cordes sur ciel  (Tarn)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Du 28/06 au 05/07/26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Séjour Beaufortain</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+ 900 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">10 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Pic d’Arrès puis le pic d’Aubas en boucle.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Col du Portillon («31)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> +1 184 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">16,4 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N3 Pic de Nérassol</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hospitalet</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> +930 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12,6 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N2  Vallée du Lys  Cabane de la Coume ,Lac vert  et lac des Grauès</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Centrale électrique</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1848 OT</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> + 785 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5h30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N2 Biros: Depart d'Eylie Col </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eylie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2048 OT
+  1947 OT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+1073 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6h30 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">N3 difficile par sa longeur . La Coume d’or.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Col de Puymorens </t>
+  </si>
+  <si>
+    <t xml:space="preserve">2249OT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">JOURNEE DES ASSOCIATIONS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saint-Orens (31650)
 </t>
   </si>
   <si>
-    <t>Auberge Du Col du Soulor (65)</t>
-[...802 lines deleted...]
-    <t>Moux (11700)</t>
+    <t xml:space="preserve"> +700 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N3 Dent d'Orlu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ascou (Ariège)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12/09 et 13/09/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+1380 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N3 Pic de la Montagnette (2558m)- nuitée au refuge de Vénasque</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hospice e France (31)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+669 m /- 1525m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Montée au pic de Sauvegarde via Pot de Vénasque </t>
+  </si>
+  <si>
+    <t xml:space="preserve">refuge de Vénasque</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+610 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Pic des limes- Cabane de Camous </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Station de Nistos Cap Nesté</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12,3 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N2 Boucle  au départ de Les , Bausens</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Les Espagne</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26 et 27/09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">sam. Dim</t>
+  </si>
+  <si>
+    <t xml:space="preserve">WEEKEND STOM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ariège</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sam 26</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+400 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N1 boucle de Vicdessos et des lavoirs de Saleix</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vicdessos 09</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12,70 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N2 en boucle au départ de la station de Goulier neige eh passant par le pic de Sarr asi et Pic de du garbier</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Station de Goulier Neige (09)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+1200 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">15 Km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N3 + Boucle par les crêtes de Pijol et Pique d’Endron .Rando éxigente demandant d’avoir un très bon pied montagnard.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Station de Goulier (09)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dim 27</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+580 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">12 ,42 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N1 montée à l ‘étang de Médécourbe (09)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Orris du Carla (Soucelm)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+820 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Montée à Etang du Riou Blanc (09)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N3 +</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+1400 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Boucle étang de Soucarrane (09)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">      +980 m   /    - 580 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">J1 : Montée au efuge de la restanca (ESP)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hospice de Vielha (ESP)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">carte espagnole</t>
+  </si>
+  <si>
+    <t xml:space="preserve">       +690 m /        - 1100 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">J2 : Tour des Lacs De Mar – Tort de Rius – De Rius et retour</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Refuge Restanca</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> +875 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17,4 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N2 Cabane d’Aula</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Estour (Seix, Ariège)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+506 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N1 au départ de Durban sur Arize avec découverte des ruines du château de St-Barthélémy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Durban sur Arize (09)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2046SB  2047ET</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> +730 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N2 Le Roc de la Gourgue</t>
+  </si>
+  <si>
+    <t xml:space="preserve">De Montferrier (09300)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> +1 200 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N3 Pic de la Frau</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pontareielle  (Ariège)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N1 Etangs de Gruissan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gruissan (Aude)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+/- 1100 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pic de l’étang de Rébenty (2411m) depuis Mérens / Ubac</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mérens / Ubac</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2148ET  2249OT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+869 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">17,5 km</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Boucle d’Alaric</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Douzens (11)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2446SB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">à definir suivant enneigement et météo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+570 m</t>
+  </si>
+  <si>
+    <t xml:space="preserve">N1 au pépart d’Ausillon village Lac de Montagnès</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aussillon village (81)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2344ET  2344OT </t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
-    <t xml:space="preserve"> + 940 m</t>
-[...5 lines deleted...]
-    <t>N3 Col de Risoul et anciennes mines de Rancié (Ariège - Vicdessos)</t>
+    <t xml:space="preserve">Thierry</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Michel</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-[...1 lines deleted...]
-    <numFmt numFmtId="164" formatCode="d/m/yy"/>
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <numFmts count="3">
+    <numFmt numFmtId="164" formatCode="General"/>
+    <numFmt numFmtId="165" formatCode="dd/mm/yy"/>
+    <numFmt numFmtId="166" formatCode="d/m/yy"/>
   </numFmts>
-  <fonts count="26" x14ac:knownFonts="1">
+  <fonts count="33">
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
+      <name val="Arial"/>
+      <family val="0"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="0"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <name val="Arial"/>
+      <family val="0"/>
+    </font>
+    <font>
+      <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
-      <b/>
+      <b val="true"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFCC0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
-      <b/>
+      <b val="true"/>
       <sz val="10"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
-      <i/>
+      <i val="true"/>
       <sz val="10"/>
       <color rgb="FF808080"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF006600"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
-      <b/>
+      <b val="true"/>
       <sz val="24"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="18"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
-      <u/>
+      <u val="single"/>
       <sz val="10"/>
       <color rgb="FF0000EE"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF996600"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
-      <b/>
-[...1 lines deleted...]
-      <u/>
+      <b val="true"/>
+      <i val="true"/>
+      <u val="single"/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Aharoni"/>
+      <family val="0"/>
       <charset val="177"/>
     </font>
     <font>
       <sz val="18"/>
       <color rgb="FFE74C3C"/>
       <name val="Aharoni"/>
+      <family val="0"/>
       <charset val="177"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FFE74C3C"/>
       <name val="Aharoni"/>
+      <family val="0"/>
       <charset val="177"/>
     </font>
     <font>
-      <b/>
+      <b val="true"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
-      <b/>
+      <b val="true"/>
       <sz val="12"/>
       <color rgb="FF282828"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
-      <b/>
+      <b val="true"/>
       <sz val="12"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
-      <b/>
+      <b val="true"/>
       <sz val="12"/>
       <color rgb="FFF18917"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
-      <sz val="10"/>
-[...6 lines deleted...]
-      <b/>
+      <b val="true"/>
       <sz val="12"/>
-      <color rgb="FFC9211E"/>
-[...7 lines deleted...]
-      <color rgb="FFBF0041"/>
+      <color rgb="FFFF8000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FFC9211E"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
-      <sz val="14"/>
-      <color rgb="FFC9211E"/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
       <name val="Calibri"/>
-      <family val="2"/>
+      <family val="0"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
+      <family val="0"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <b val="true"/>
+      <sz val="12"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="Calibri"/>
+      <family val="0"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FFC9211E"/>
+      <name val="Calibri"/>
+      <family val="0"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <b val="true"/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="0"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="Times New Roman"/>
+      <family val="1"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <b val="true"/>
+      <sz val="12"/>
+      <color rgb="FFFF972F"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FFFF8000"/>
+      <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
   </fonts>
-  <fills count="25">
+  <fills count="24">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF000000"/>
         <bgColor rgb="FF003300"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF808080"/>
         <bgColor rgb="FF737165"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFDDDDDD"/>
         <bgColor rgb="FFFFCCCC"/>
       </patternFill>
     </fill>
     <fill>
@@ -1287,2823 +1186,3207 @@
       <patternFill patternType="solid">
         <fgColor rgb="FFCC0000"/>
         <bgColor rgb="FFA70119"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCCFFCC"/>
         <bgColor rgb="FFCCFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor rgb="FFFFFFD7"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFD7"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF548235"/>
-        <bgColor rgb="FF737165"/>
+        <fgColor rgb="FF00B0F0"/>
+        <bgColor rgb="FF33CCCC"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFF0000"/>
+        <bgColor rgb="FFCC0000"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFF9B1EA"/>
+        <bgColor rgb="FFFFCCCC"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF66FF00"/>
         <bgColor rgb="FF00FF00"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF737165"/>
         <bgColor rgb="FF808080"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFFD7"/>
-[...18 lines deleted...]
-        <bgColor rgb="FFF18917"/>
+        <fgColor rgb="FF548235"/>
+        <bgColor rgb="FF737165"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFA9D08E"/>
         <bgColor rgb="FF99CCFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF6666FF"/>
-[...5 lines deleted...]
-        <fgColor rgb="FFFF0000"/>
+        <fgColor rgb="FFA70119"/>
         <bgColor rgb="FFCC0000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF002060"/>
         <bgColor rgb="FF000080"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor rgb="FF6666FF"/>
+        <bgColor rgb="FF9999FF"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor rgb="FF7030A0"/>
-        <bgColor rgb="FF993366"/>
+        <bgColor rgb="FF333399"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFFD7"/>
+        <bgColor rgb="FFFFFFCC"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFC000"/>
+        <bgColor rgb="FFFF972F"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFBF8F00"/>
         <bgColor rgb="FFF18917"/>
       </patternFill>
     </fill>
-    <fill>
-[...10 lines deleted...]
-    </fill>
   </fills>
-  <borders count="4">
-    <border>
+  <borders count="2">
+    <border diagonalUp="false" diagonalDown="false">
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...31 lines deleted...]
-      <bottom/>
+    <border diagonalUp="false" diagonalDown="false">
+      <left style="thin"/>
+      <right style="thin"/>
+      <top style="thin"/>
+      <bottom style="thin"/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="18">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+  <cellStyleXfs count="37">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="41" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="42" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false"/>
+    <xf numFmtId="164" fontId="4" fillId="2" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="4" fillId="3" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="4" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="5" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="7" fillId="6" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="9" fillId="7" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="10" fillId="0" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="13" fillId="0" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="14" fillId="8" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="true">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
   </cellStyleXfs>
-  <cellXfs count="50">
-[...142 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+  <cellXfs count="68">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="false" applyBorder="false" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="false" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="19" fillId="9" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="19" fillId="9" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="20" fillId="9" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="0" fillId="9" borderId="1" xfId="0" applyFont="false" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="9" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="21" fillId="10" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="21" fillId="11" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="9" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="9" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="19" fillId="12" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="19" fillId="13" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="9" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="22" fillId="8" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="23" fillId="8" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="23" fillId="8" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="166" fontId="12" fillId="9" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="21" fillId="14" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="21" fillId="15" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="19" fillId="16" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="21" fillId="17" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="24" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="21" fillId="18" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="21" fillId="19" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="9" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="25" fillId="9" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="165" fontId="26" fillId="9" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="27" fillId="20" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="27" fillId="19" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="28" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="166" fontId="25" fillId="9" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="27" fillId="17" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="29" fillId="13" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="26" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="21" fillId="20" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="9" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="9" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="27" fillId="11" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="25" fillId="9" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="31" fillId="21" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="23" fillId="8" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="top" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="27" fillId="15" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="25" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="25" fillId="9" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="28" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="23" fillId="21" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="32" fillId="21" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="29" fillId="12" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="25" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="true" applyBorder="false" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="24" fillId="9" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="29" fillId="0" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="28" fillId="9" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="21" fillId="9" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="19" fillId="22" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf numFmtId="164" fontId="21" fillId="23" borderId="1" xfId="0" applyFont="true" applyBorder="true" applyAlignment="true" applyProtection="false">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
-  <cellStyles count="18">
-[...12 lines deleted...]
-    <cellStyle name="Neutral 16" xfId="13" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
+  <cellStyles count="23">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Result (user) 17" xfId="14" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
-[...2 lines deleted...]
-    <cellStyle name="Warning 20" xfId="17" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
+    <cellStyle name="Comma" xfId="15" builtinId="3"/>
+    <cellStyle name="Comma [0]" xfId="16" builtinId="6"/>
+    <cellStyle name="Currency" xfId="17" builtinId="4"/>
+    <cellStyle name="Currency [0]" xfId="18" builtinId="7"/>
+    <cellStyle name="Percent" xfId="19" builtinId="5"/>
+    <cellStyle name="Accent 1 5" xfId="20"/>
+    <cellStyle name="Accent 2 6" xfId="21"/>
+    <cellStyle name="Accent 3 7" xfId="22"/>
+    <cellStyle name="Accent 4" xfId="23"/>
+    <cellStyle name="Bad 8" xfId="24"/>
+    <cellStyle name="Error 9" xfId="25"/>
+    <cellStyle name="Footnote 10" xfId="26"/>
+    <cellStyle name="Good 11" xfId="27"/>
+    <cellStyle name="Heading (user) 12" xfId="28"/>
+    <cellStyle name="Heading 1 13" xfId="29"/>
+    <cellStyle name="Heading 2 14" xfId="30"/>
+    <cellStyle name="Hyperlink 15" xfId="31"/>
+    <cellStyle name="Neutral 16" xfId="32"/>
+    <cellStyle name="Result (user) 17" xfId="33"/>
+    <cellStyle name="Status 18" xfId="34"/>
+    <cellStyle name="Text 19" xfId="35"/>
+    <cellStyle name="Warning 20" xfId="36"/>
   </cellStyles>
-  <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="FF000000"/>
       <rgbColor rgb="FFFFFFFF"/>
       <rgbColor rgb="FFFF0000"/>
       <rgbColor rgb="FF00FF00"/>
       <rgbColor rgb="FF0000EE"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="FFA70119"/>
       <rgbColor rgb="FF006600"/>
       <rgbColor rgb="FF000080"/>
       <rgbColor rgb="FF996600"/>
-      <rgbColor rgb="FFBF0041"/>
+      <rgbColor rgb="FF800080"/>
       <rgbColor rgb="FF008080"/>
       <rgbColor rgb="FFA9D08E"/>
       <rgbColor rgb="FF808080"/>
       <rgbColor rgb="FF9999FF"/>
       <rgbColor rgb="FF7030A0"/>
       <rgbColor rgb="FFFFFFCC"/>
-      <rgbColor rgb="FFFFFFD7"/>
+      <rgbColor rgb="FFCCFFFF"/>
       <rgbColor rgb="FF660066"/>
-      <rgbColor rgb="FFFF8080"/>
+      <rgbColor rgb="FFF18917"/>
       <rgbColor rgb="FF0066CC"/>
       <rgbColor rgb="FFDDDDDD"/>
       <rgbColor rgb="FF000080"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="FF800080"/>
       <rgbColor rgb="FFCC0000"/>
       <rgbColor rgb="FF008080"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FF00B0F0"/>
       <rgbColor rgb="FFCCFFFF"/>
       <rgbColor rgb="FFCCFFCC"/>
-      <rgbColor rgb="FFFFFFA6"/>
+      <rgbColor rgb="FFFFFFD7"/>
       <rgbColor rgb="FF99CCFF"/>
       <rgbColor rgb="FFF9B1EA"/>
       <rgbColor rgb="FFCC99FF"/>
       <rgbColor rgb="FFFFCCCC"/>
       <rgbColor rgb="FF6666FF"/>
       <rgbColor rgb="FF33CCCC"/>
       <rgbColor rgb="FF66FF00"/>
       <rgbColor rgb="FFFFC000"/>
-      <rgbColor rgb="FFF18917"/>
-      <rgbColor rgb="FFE74C3C"/>
+      <rgbColor rgb="FFFF972F"/>
+      <rgbColor rgb="FFFF8000"/>
       <rgbColor rgb="FF737165"/>
       <rgbColor rgb="FFBF8F00"/>
       <rgbColor rgb="FF002060"/>
       <rgbColor rgb="FF548235"/>
       <rgbColor rgb="FF003300"/>
       <rgbColor rgb="FF333300"/>
       <rgbColor rgb="FFC9211E"/>
-      <rgbColor rgb="FF993366"/>
+      <rgbColor rgb="FFE74C3C"/>
       <rgbColor rgb="FF333399"/>
       <rgbColor rgb="FF282828"/>
-      <rgbColor rgb="00003366"/>
-[...6 lines deleted...]
-      <rgbColor rgb="00333333"/>
     </indexedColors>
   </colors>
-  <extLst>
-[...6 lines deleted...]
-  </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...295 lines deleted...]
-</a:theme>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
+</Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AMJ68"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+  <sheetPr filterMode="false">
+    <pageSetUpPr fitToPage="false"/>
+  </sheetPr>
+  <dimension ref="A1:Z1048576"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A43" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="L63" sqref="L63"/>
+    <sheetView showFormulas="false" showGridLines="true" showRowColHeaders="true" showZeros="true" rightToLeft="false" tabSelected="true" showOutlineSymbols="true" defaultGridColor="true" view="normal" topLeftCell="A7" colorId="64" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100" workbookViewId="0">
+      <selection pane="topLeft" activeCell="K19" activeCellId="0" sqref="K19"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="15.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="11.00390625" defaultRowHeight="15.5" zeroHeight="false" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="13.1796875" style="4" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="11" max="1024" width="11" style="5"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="1" min="1" style="1" width="13.17"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="2" min="2" style="2" width="8.45"/>
+    <col collapsed="false" customWidth="false" hidden="false" outlineLevel="0" max="4" min="3" style="2" width="10.99"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="5" min="5" style="2" width="15.09"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="6" min="6" style="2" width="14.01"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="7" min="7" style="2" width="13.43"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="8" min="8" style="2" width="10.54"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="9" min="9" style="2" width="72.9"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="10" min="10" style="3" width="35.82"/>
+    <col collapsed="false" customWidth="true" hidden="false" outlineLevel="0" max="11" min="11" style="2" width="13.7"/>
+    <col collapsed="false" customWidth="false" hidden="false" outlineLevel="0" max="1024" min="12" style="2" width="10.99"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
-[...13 lines deleted...]
-      <c r="A2" s="46" t="s">
+    <row r="1" customFormat="false" ht="12.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A1" s="4"/>
+      <c r="B1" s="4"/>
+      <c r="C1" s="4"/>
+      <c r="D1" s="4"/>
+      <c r="E1" s="4"/>
+      <c r="F1" s="4"/>
+      <c r="G1" s="4"/>
+      <c r="H1" s="4"/>
+      <c r="I1" s="4"/>
+      <c r="J1" s="4"/>
+      <c r="K1" s="4"/>
+    </row>
+    <row r="2" customFormat="false" ht="15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="46"/>
-[...50 lines deleted...]
-      <c r="A6" s="9" t="s">
+      <c r="B2" s="4"/>
+      <c r="C2" s="4"/>
+      <c r="D2" s="4"/>
+      <c r="E2" s="4"/>
+      <c r="F2" s="4"/>
+      <c r="G2" s="4"/>
+      <c r="H2" s="4"/>
+      <c r="I2" s="4"/>
+      <c r="J2" s="4"/>
+      <c r="K2" s="4"/>
+    </row>
+    <row r="3" s="5" customFormat="true" ht="20" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A3" s="4"/>
+      <c r="B3" s="4"/>
+      <c r="C3" s="4"/>
+      <c r="D3" s="4"/>
+      <c r="E3" s="4"/>
+      <c r="F3" s="4"/>
+      <c r="G3" s="4"/>
+      <c r="H3" s="4"/>
+      <c r="I3" s="4"/>
+      <c r="J3" s="4"/>
+      <c r="K3" s="4"/>
+    </row>
+    <row r="4" s="5" customFormat="true" ht="20" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A4" s="4"/>
+      <c r="B4" s="4"/>
+      <c r="C4" s="4"/>
+      <c r="D4" s="4"/>
+      <c r="E4" s="4"/>
+      <c r="F4" s="4"/>
+      <c r="G4" s="4"/>
+      <c r="H4" s="4"/>
+      <c r="I4" s="4"/>
+      <c r="J4" s="4"/>
+      <c r="K4" s="4"/>
+    </row>
+    <row r="5" s="5" customFormat="true" ht="29.9" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A5" s="6" t="s">
         <v>1</v>
       </c>
+      <c r="B5" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="D5" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="E5" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="F5" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="G5" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="H5" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="I5" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="J5" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="K5" s="7" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="6" s="5" customFormat="true" ht="20" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A6" s="9" t="n">
+        <v>46031</v>
+      </c>
       <c r="B6" s="10" t="s">
-        <v>2</v>
-[...8 lines deleted...]
-        <v>5</v>
+        <v>12</v>
+      </c>
+      <c r="C6" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="13" t="s">
+        <v>15</v>
       </c>
       <c r="F6" s="10" t="s">
-        <v>6</v>
-[...11 lines deleted...]
-        <v>10</v>
+        <v>16</v>
+      </c>
+      <c r="G6" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="H6" s="10" t="n">
+        <v>105</v>
+      </c>
+      <c r="I6" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="J6" s="15" t="s">
+        <v>19</v>
       </c>
       <c r="K6" s="10" t="s">
-        <v>11</v>
-[...6 lines deleted...]
-      <c r="B7" s="13" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="7" s="5" customFormat="true" ht="33.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A7" s="9" t="n">
+        <v>46033</v>
+      </c>
+      <c r="B7" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C7" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="E7" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="F7" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="G7" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="H7" s="10" t="n">
+        <v>62</v>
+      </c>
+      <c r="I7" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="J7" s="15" t="s">
+        <v>27</v>
+      </c>
+      <c r="K7" s="15" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="8" s="5" customFormat="true" ht="44" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A8" s="9" t="n">
+        <v>46035</v>
+      </c>
+      <c r="B8" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="C8" s="19" t="s">
+        <v>30</v>
+      </c>
+      <c r="D8" s="19"/>
+      <c r="E8" s="19"/>
+      <c r="F8" s="19"/>
+      <c r="G8" s="19"/>
+      <c r="H8" s="19"/>
+      <c r="I8" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="J8" s="21" t="s">
+        <v>32</v>
+      </c>
+      <c r="K8" s="10"/>
+    </row>
+    <row r="9" s="5" customFormat="true" ht="27.65" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A9" s="9" t="n">
+        <v>46039</v>
+      </c>
+      <c r="B9" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="C9" s="23" t="s">
+        <v>34</v>
+      </c>
+      <c r="D9" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="E9" s="13" t="s">
+        <v>36</v>
+      </c>
+      <c r="F9" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="G9" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="H9" s="10" t="n">
+        <v>95</v>
+      </c>
+      <c r="I9" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="J9" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="K9" s="15" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="10" s="5" customFormat="true" ht="44.75" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A10" s="9" t="n">
+        <v>46047</v>
+      </c>
+      <c r="B10" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="D10" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="E10" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="F10" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G10" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="H10" s="10" t="n">
+        <v>56</v>
+      </c>
+      <c r="I10" s="14" t="s">
+        <v>44</v>
+      </c>
+      <c r="J10" s="15" t="s">
+        <v>45</v>
+      </c>
+      <c r="K10" s="15" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="11" s="5" customFormat="true" ht="29.15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A11" s="9" t="n">
+        <v>46047</v>
+      </c>
+      <c r="B11" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C11" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="13" t="s">
+        <v>47</v>
+      </c>
+      <c r="F11" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="G11" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="H11" s="10" t="n">
+        <v>110</v>
+      </c>
+      <c r="I11" s="14" t="s">
+        <v>49</v>
+      </c>
+      <c r="J11" s="15" t="s">
+        <v>50</v>
+      </c>
+      <c r="K11" s="15" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="12" s="5" customFormat="true" ht="20" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A12" s="9" t="n">
+        <v>46054</v>
+      </c>
+      <c r="B12" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C12" s="25" t="s">
+        <v>52</v>
+      </c>
+      <c r="D12" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="E12" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="F12" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="G12" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="H12" s="13" t="n">
+        <v>73</v>
+      </c>
+      <c r="I12" s="14" t="s">
+        <v>56</v>
+      </c>
+      <c r="J12" s="13" t="s">
+        <v>57</v>
+      </c>
+      <c r="K12" s="13" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="13" s="5" customFormat="true" ht="40.25" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A13" s="9" t="n">
+        <v>46060</v>
+      </c>
+      <c r="B13" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="C13" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="13" t="s">
+        <v>59</v>
+      </c>
+      <c r="F13" s="13" t="s">
+        <v>60</v>
+      </c>
+      <c r="G13" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="H13" s="13" t="n">
+        <v>110</v>
+      </c>
+      <c r="I13" s="14" t="s">
+        <v>61</v>
+      </c>
+      <c r="J13" s="13" t="s">
+        <v>62</v>
+      </c>
+      <c r="K13" s="26" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="14" s="5" customFormat="true" ht="26.9" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A14" s="9" t="n">
+        <v>46061</v>
+      </c>
+      <c r="B14" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C14" s="27" t="s">
+        <v>64</v>
+      </c>
+      <c r="D14" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="E14" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="F14" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="G14" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H14" s="10" t="n">
+        <v>57</v>
+      </c>
+      <c r="I14" s="18" t="s">
+        <v>67</v>
+      </c>
+      <c r="J14" s="15" t="s">
+        <v>68</v>
+      </c>
+      <c r="K14" s="15" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="15" s="5" customFormat="true" ht="20" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A15" s="9" t="n">
+        <v>46068</v>
+      </c>
+      <c r="B15" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C15" s="28" t="s">
+        <v>70</v>
+      </c>
+      <c r="D15" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="E15" s="29" t="s">
+        <v>71</v>
+      </c>
+      <c r="F15" s="29" t="s">
+        <v>71</v>
+      </c>
+      <c r="G15" s="29" t="s">
+        <v>71</v>
+      </c>
+      <c r="H15" s="29" t="s">
+        <v>71</v>
+      </c>
+      <c r="I15" s="29" t="s">
+        <v>71</v>
+      </c>
+      <c r="J15" s="29" t="s">
+        <v>71</v>
+      </c>
+      <c r="K15" s="29" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="16" s="5" customFormat="true" ht="26.9" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A16" s="9" t="n">
+        <v>46075</v>
+      </c>
+      <c r="B16" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="C16" s="23" t="s">
+        <v>34</v>
+      </c>
+      <c r="D16" s="12" t="s">
+        <v>72</v>
+      </c>
+      <c r="E16" s="13" t="s">
+        <v>73</v>
+      </c>
+      <c r="F16" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="G16" s="10" t="s">
+        <v>75</v>
+      </c>
+      <c r="H16" s="10" t="n">
+        <v>111</v>
+      </c>
+      <c r="I16" s="18" t="s">
+        <v>76</v>
+      </c>
+      <c r="J16" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="K16" s="10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="17" s="5" customFormat="true" ht="38.05" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A17" s="9" t="n">
+        <v>46088</v>
+      </c>
+      <c r="B17" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="C17" s="30" t="s">
+        <v>79</v>
+      </c>
+      <c r="D17" s="31" t="s">
+        <v>80</v>
+      </c>
+      <c r="E17" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="F17" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="G17" s="13" t="s">
+        <v>25</v>
+      </c>
+      <c r="H17" s="13" t="n">
+        <v>97</v>
+      </c>
+      <c r="I17" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="J17" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="K17" s="13" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="18" s="5" customFormat="true" ht="20" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A18" s="9" t="n">
+        <v>46096</v>
+      </c>
+      <c r="B18" s="22" t="s">
+        <v>21</v>
+      </c>
+      <c r="C18" s="27" t="s">
+        <v>64</v>
+      </c>
+      <c r="D18" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="E18" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="F18" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="G18" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="H18" s="10" t="n">
+        <v>50</v>
+      </c>
+      <c r="I18" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="J18" s="15" t="s">
+        <v>85</v>
+      </c>
+      <c r="K18" s="10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="19" s="5" customFormat="true" ht="26.1" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A19" s="9" t="n">
+        <v>46096</v>
+      </c>
+      <c r="B19" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="C7" s="14" t="s">
+      <c r="C19" s="11" t="s">
         <v>13</v>
       </c>
-      <c r="D7" s="15" t="s">
+      <c r="D19" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="E7" s="16" t="s">
-[...2 lines deleted...]
-      <c r="F7" s="13" t="s">
+      <c r="E19" s="13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F19" s="10" t="s">
+        <v>88</v>
+      </c>
+      <c r="G19" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="H19" s="10" t="n">
+        <v>114</v>
+      </c>
+      <c r="I19" s="14" t="s">
+        <v>89</v>
+      </c>
+      <c r="J19" s="15" t="s">
+        <v>90</v>
+      </c>
+      <c r="K19" s="15" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="20" s="5" customFormat="true" ht="26.9" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A20" s="32" t="s">
+        <v>92</v>
+      </c>
+      <c r="B20" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="C20" s="33" t="s">
+        <v>94</v>
+      </c>
+      <c r="D20" s="24" t="s">
+        <v>35</v>
+      </c>
+      <c r="E20" s="13" t="s">
+        <v>95</v>
+      </c>
+      <c r="F20" s="10" t="s">
+        <v>96</v>
+      </c>
+      <c r="G20" s="10" t="s">
+        <v>97</v>
+      </c>
+      <c r="H20" s="10" t="n">
+        <v>48</v>
+      </c>
+      <c r="I20" s="14" t="s">
+        <v>98</v>
+      </c>
+      <c r="J20" s="15" t="s">
+        <v>99</v>
+      </c>
+      <c r="K20" s="15" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="21" s="5" customFormat="true" ht="26.9" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A21" s="32" t="s">
+        <v>101</v>
+      </c>
+      <c r="B21" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="C21" s="33" t="s">
+        <v>101</v>
+      </c>
+      <c r="D21" s="24" t="s">
+        <v>101</v>
+      </c>
+      <c r="E21" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="F21" s="10" t="s">
+        <v>102</v>
+      </c>
+      <c r="G21" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="H21" s="10" t="n">
+        <v>107</v>
+      </c>
+      <c r="I21" s="14" t="s">
+        <v>103</v>
+      </c>
+      <c r="J21" s="15" t="s">
+        <v>104</v>
+      </c>
+      <c r="K21" s="15" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="22" s="5" customFormat="true" ht="26.9" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A22" s="32" t="s">
+        <v>101</v>
+      </c>
+      <c r="B22" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="C22" s="33" t="s">
+        <v>101</v>
+      </c>
+      <c r="D22" s="24" t="s">
+        <v>101</v>
+      </c>
+      <c r="E22" s="13" t="s">
+        <v>105</v>
+      </c>
+      <c r="F22" s="10" t="s">
+        <v>102</v>
+      </c>
+      <c r="G22" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H22" s="10" t="n">
+        <v>92</v>
+      </c>
+      <c r="I22" s="18" t="s">
+        <v>106</v>
+      </c>
+      <c r="J22" s="15" t="s">
+        <v>104</v>
+      </c>
+      <c r="K22" s="15" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="23" s="5" customFormat="true" ht="20" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A23" s="9" t="n">
+        <v>46123</v>
+      </c>
+      <c r="B23" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="C23" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="D23" s="31" t="s">
+        <v>80</v>
+      </c>
+      <c r="E23" s="13" t="s">
+        <v>107</v>
+      </c>
+      <c r="F23" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="G23" s="10" t="s">
+        <v>109</v>
+      </c>
+      <c r="H23" s="10" t="n">
+        <v>88</v>
+      </c>
+      <c r="I23" s="14" t="s">
+        <v>110</v>
+      </c>
+      <c r="J23" s="15" t="s">
+        <v>111</v>
+      </c>
+      <c r="K23" s="10" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="24" s="5" customFormat="true" ht="31.25" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A24" s="9" t="n">
+        <v>46130</v>
+      </c>
+      <c r="B24" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="C24" s="16" t="s">
+        <v>22</v>
+      </c>
+      <c r="D24" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="E24" s="13" t="s">
+        <v>113</v>
+      </c>
+      <c r="F24" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="G24" s="10" t="s">
+        <v>114</v>
+      </c>
+      <c r="H24" s="10" t="n">
+        <v>110</v>
+      </c>
+      <c r="I24" s="14" t="s">
+        <v>115</v>
+      </c>
+      <c r="J24" s="15" t="s">
+        <v>116</v>
+      </c>
+      <c r="K24" s="15" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="25" s="5" customFormat="true" ht="20" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A25" s="9" t="n">
+        <v>46131</v>
+      </c>
+      <c r="B25" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="C25" s="27" t="s">
+        <v>64</v>
+      </c>
+      <c r="D25" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="E25" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="F25" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="G25" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H25" s="10" t="n">
+        <v>54</v>
+      </c>
+      <c r="I25" s="14" t="s">
+        <v>119</v>
+      </c>
+      <c r="J25" s="15" t="s">
+        <v>120</v>
+      </c>
+      <c r="K25" s="10" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="26" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A26" s="35" t="n">
+        <v>46145</v>
+      </c>
+      <c r="B26" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="C26" s="36" t="s">
+        <v>122</v>
+      </c>
+      <c r="D26" s="37" t="s">
+        <v>80</v>
+      </c>
+      <c r="E26" s="13" t="s">
+        <v>123</v>
+      </c>
+      <c r="F26" s="10" t="s">
+        <v>124</v>
+      </c>
+      <c r="G26" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="H26" s="34" t="n">
+        <v>67</v>
+      </c>
+      <c r="I26" s="18" t="s">
+        <v>125</v>
+      </c>
+      <c r="J26" s="15" t="s">
+        <v>126</v>
+      </c>
+      <c r="K26" s="38" t="s">
+        <v>127</v>
+      </c>
+      <c r="L26" s="39"/>
+      <c r="M26" s="39"/>
+      <c r="N26" s="39"/>
+      <c r="O26" s="39"/>
+      <c r="P26" s="39"/>
+      <c r="Q26" s="39"/>
+      <c r="R26" s="39"/>
+      <c r="S26" s="39"/>
+      <c r="T26" s="39"/>
+      <c r="U26" s="39"/>
+      <c r="V26" s="39"/>
+      <c r="W26" s="39"/>
+      <c r="X26" s="39"/>
+      <c r="Y26" s="39"/>
+      <c r="Z26" s="39"/>
+    </row>
+    <row r="27" s="5" customFormat="true" ht="27.65" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A27" s="9" t="n">
+        <v>46150</v>
+      </c>
+      <c r="B27" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C27" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="13" t="s">
+        <v>128</v>
+      </c>
+      <c r="F27" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="G27" s="10" t="s">
+        <v>114</v>
+      </c>
+      <c r="H27" s="10" t="n">
+        <v>150</v>
+      </c>
+      <c r="I27" s="18" t="s">
+        <v>129</v>
+      </c>
+      <c r="J27" s="15" t="s">
+        <v>130</v>
+      </c>
+      <c r="K27" s="15" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="28" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A28" s="35" t="n">
+        <v>46151</v>
+      </c>
+      <c r="B28" s="40" t="s">
+        <v>33</v>
+      </c>
+      <c r="C28" s="41" t="s">
+        <v>70</v>
+      </c>
+      <c r="D28" s="42" t="s">
+        <v>23</v>
+      </c>
+      <c r="E28" s="13" t="s">
+        <v>132</v>
+      </c>
+      <c r="F28" s="10" t="s">
+        <v>102</v>
+      </c>
+      <c r="G28" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H28" s="34" t="n">
+        <v>80</v>
+      </c>
+      <c r="I28" s="14" t="s">
+        <v>133</v>
+      </c>
+      <c r="J28" s="15" t="s">
+        <v>134</v>
+      </c>
+      <c r="K28" s="43" t="s">
+        <v>135</v>
+      </c>
+      <c r="L28" s="39"/>
+      <c r="M28" s="39"/>
+      <c r="N28" s="39"/>
+      <c r="O28" s="39"/>
+      <c r="P28" s="39"/>
+      <c r="Q28" s="39"/>
+      <c r="R28" s="39"/>
+      <c r="S28" s="39"/>
+      <c r="T28" s="39"/>
+      <c r="U28" s="39"/>
+      <c r="V28" s="39"/>
+      <c r="W28" s="39"/>
+      <c r="X28" s="39"/>
+      <c r="Y28" s="39"/>
+      <c r="Z28" s="39"/>
+    </row>
+    <row r="29" s="5" customFormat="true" ht="29.15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A29" s="9" t="n">
+        <v>46159</v>
+      </c>
+      <c r="B29" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C29" s="23" t="s">
+        <v>34</v>
+      </c>
+      <c r="D29" s="31" t="s">
+        <v>80</v>
+      </c>
+      <c r="E29" s="13" t="s">
+        <v>136</v>
+      </c>
+      <c r="F29" s="10" t="s">
+        <v>137</v>
+      </c>
+      <c r="G29" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H29" s="10" t="n">
+        <v>105</v>
+      </c>
+      <c r="I29" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="J29" s="15" t="s">
+        <v>139</v>
+      </c>
+      <c r="K29" s="10" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="30" s="5" customFormat="true" ht="25.4" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A30" s="9" t="n">
+        <v>46173</v>
+      </c>
+      <c r="B30" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C30" s="44" t="s">
+        <v>122</v>
+      </c>
+      <c r="D30" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="13" t="s">
+        <v>141</v>
+      </c>
+      <c r="F30" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="G30" s="10" t="s">
+        <v>142</v>
+      </c>
+      <c r="H30" s="10" t="n">
+        <v>130</v>
+      </c>
+      <c r="I30" s="45" t="s">
+        <v>143</v>
+      </c>
+      <c r="J30" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="K30" s="15" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="31" s="5" customFormat="true" ht="26.9" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A31" s="9" t="n">
+        <v>46186</v>
+      </c>
+      <c r="B31" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="C31" s="30" t="s">
+        <v>79</v>
+      </c>
+      <c r="D31" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="E31" s="13" t="s">
+        <v>146</v>
+      </c>
+      <c r="F31" s="10" t="s">
         <v>16</v>
       </c>
-      <c r="G7" s="13" t="s">
+      <c r="G31" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H31" s="10" t="n">
+        <v>116</v>
+      </c>
+      <c r="I31" s="18" t="s">
+        <v>147</v>
+      </c>
+      <c r="J31" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="K31" s="10" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="32" s="5" customFormat="true" ht="22.4" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A32" s="32" t="s">
+        <v>149</v>
+      </c>
+      <c r="B32" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="C32" s="25" t="s">
+        <v>52</v>
+      </c>
+      <c r="D32" s="31" t="s">
+        <v>80</v>
+      </c>
+      <c r="E32" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="F32" s="10" t="s">
+        <v>150</v>
+      </c>
+      <c r="G32" s="10" t="s">
+        <v>151</v>
+      </c>
+      <c r="H32" s="10"/>
+      <c r="I32" s="14" t="s">
+        <v>152</v>
+      </c>
+      <c r="J32" s="15" t="s">
+        <v>153</v>
+      </c>
+      <c r="K32" s="10" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="33" s="5" customFormat="true" ht="22.4" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A33" s="32" t="s">
+        <v>101</v>
+      </c>
+      <c r="B33" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="C33" s="25" t="s">
+        <v>101</v>
+      </c>
+      <c r="D33" s="31" t="s">
+        <v>101</v>
+      </c>
+      <c r="E33" s="13" t="s">
+        <v>155</v>
+      </c>
+      <c r="F33" s="10" t="s">
+        <v>150</v>
+      </c>
+      <c r="G33" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H33" s="10"/>
+      <c r="I33" s="14" t="s">
+        <v>156</v>
+      </c>
+      <c r="J33" s="15" t="s">
+        <v>157</v>
+      </c>
+      <c r="K33" s="10" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="34" s="5" customFormat="true" ht="22.4" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A34" s="32" t="s">
+        <v>101</v>
+      </c>
+      <c r="B34" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="C34" s="25" t="s">
+        <v>101</v>
+      </c>
+      <c r="D34" s="31" t="s">
+        <v>101</v>
+      </c>
+      <c r="E34" s="13" t="s">
+        <v>158</v>
+      </c>
+      <c r="F34" s="10" t="s">
+        <v>102</v>
+      </c>
+      <c r="G34" s="10" t="s">
+        <v>109</v>
+      </c>
+      <c r="H34" s="10"/>
+      <c r="I34" s="46" t="s">
+        <v>159</v>
+      </c>
+      <c r="J34" s="15" t="s">
+        <v>160</v>
+      </c>
+      <c r="K34" s="10" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="35" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A35" s="35" t="n">
+        <v>46200</v>
+      </c>
+      <c r="B35" s="40" t="s">
+        <v>33</v>
+      </c>
+      <c r="C35" s="36" t="s">
+        <v>122</v>
+      </c>
+      <c r="D35" s="42" t="s">
+        <v>23</v>
+      </c>
+      <c r="E35" s="13" t="s">
+        <v>161</v>
+      </c>
+      <c r="F35" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="G35" s="10" t="s">
+        <v>25</v>
+      </c>
+      <c r="H35" s="34" t="n">
+        <v>49</v>
+      </c>
+      <c r="I35" s="46" t="s">
+        <v>162</v>
+      </c>
+      <c r="J35" s="15" t="s">
+        <v>163</v>
+      </c>
+      <c r="K35" s="38" t="s">
+        <v>127</v>
+      </c>
+      <c r="L35" s="39"/>
+      <c r="M35" s="39"/>
+      <c r="N35" s="39"/>
+      <c r="O35" s="39"/>
+      <c r="P35" s="39"/>
+      <c r="Q35" s="39"/>
+      <c r="R35" s="39"/>
+      <c r="S35" s="39"/>
+      <c r="T35" s="39"/>
+      <c r="U35" s="39"/>
+      <c r="V35" s="39"/>
+      <c r="W35" s="39"/>
+      <c r="X35" s="39"/>
+      <c r="Y35" s="39"/>
+      <c r="Z35" s="39"/>
+    </row>
+    <row r="36" s="5" customFormat="true" ht="24.65" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A36" s="32" t="s">
+        <v>164</v>
+      </c>
+      <c r="B36" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="C36" s="30" t="s">
+        <v>79</v>
+      </c>
+      <c r="D36" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="E36" s="29" t="s">
+        <v>127</v>
+      </c>
+      <c r="F36" s="29" t="s">
+        <v>127</v>
+      </c>
+      <c r="G36" s="29" t="s">
+        <v>127</v>
+      </c>
+      <c r="H36" s="29" t="s">
+        <v>127</v>
+      </c>
+      <c r="I36" s="46" t="s">
+        <v>165</v>
+      </c>
+      <c r="J36" s="29" t="s">
+        <v>127</v>
+      </c>
+      <c r="K36" s="29" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="37" s="5" customFormat="true" ht="26.9" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A37" s="9" t="n">
+        <v>46208</v>
+      </c>
+      <c r="B37" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C37" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" s="31" t="s">
+        <v>80</v>
+      </c>
+      <c r="E37" s="13" t="s">
+        <v>166</v>
+      </c>
+      <c r="F37" s="10" t="s">
+        <v>167</v>
+      </c>
+      <c r="G37" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="H7" s="13" t="s">
-[...5 lines deleted...]
-      <c r="J7" s="17" t="s">
+      <c r="H37" s="10" t="n">
+        <v>109</v>
+      </c>
+      <c r="I37" s="47" t="s">
+        <v>168</v>
+      </c>
+      <c r="J37" s="15" t="s">
+        <v>169</v>
+      </c>
+      <c r="K37" s="10" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="38" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A38" s="35" t="n">
+        <v>46222</v>
+      </c>
+      <c r="B38" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="C38" s="36" t="s">
+        <v>122</v>
+      </c>
+      <c r="D38" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="13" t="s">
+        <v>170</v>
+      </c>
+      <c r="F38" s="10" t="s">
+        <v>171</v>
+      </c>
+      <c r="G38" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="H38" s="34" t="n">
+        <v>129</v>
+      </c>
+      <c r="I38" s="49" t="s">
+        <v>172</v>
+      </c>
+      <c r="J38" s="15" t="s">
+        <v>173</v>
+      </c>
+      <c r="K38" s="38" t="s">
+        <v>127</v>
+      </c>
+      <c r="L38" s="39"/>
+      <c r="M38" s="39"/>
+      <c r="N38" s="39"/>
+      <c r="O38" s="39"/>
+      <c r="P38" s="39"/>
+      <c r="Q38" s="39"/>
+      <c r="R38" s="39"/>
+      <c r="S38" s="39"/>
+      <c r="T38" s="39"/>
+      <c r="U38" s="39"/>
+      <c r="V38" s="39"/>
+      <c r="W38" s="39"/>
+      <c r="X38" s="39"/>
+      <c r="Y38" s="39"/>
+      <c r="Z38" s="39"/>
+    </row>
+    <row r="39" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A39" s="35" t="n">
+        <v>46229</v>
+      </c>
+      <c r="B39" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="C39" s="41" t="s">
+        <v>70</v>
+      </c>
+      <c r="D39" s="37" t="s">
+        <v>80</v>
+      </c>
+      <c r="E39" s="13" t="s">
+        <v>174</v>
+      </c>
+      <c r="F39" s="10" t="s">
+        <v>175</v>
+      </c>
+      <c r="G39" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H39" s="34" t="n">
+        <v>110</v>
+      </c>
+      <c r="I39" s="46" t="s">
+        <v>176</v>
+      </c>
+      <c r="J39" s="15" t="s">
+        <v>177</v>
+      </c>
+      <c r="K39" s="50" t="s">
+        <v>178</v>
+      </c>
+      <c r="L39" s="39"/>
+      <c r="M39" s="39"/>
+      <c r="N39" s="39"/>
+      <c r="O39" s="39"/>
+      <c r="P39" s="39"/>
+      <c r="Q39" s="39"/>
+      <c r="R39" s="39"/>
+      <c r="S39" s="39"/>
+      <c r="T39" s="39"/>
+      <c r="U39" s="39"/>
+      <c r="V39" s="39"/>
+      <c r="W39" s="39"/>
+      <c r="X39" s="39"/>
+      <c r="Y39" s="39"/>
+      <c r="Z39" s="39"/>
+    </row>
+    <row r="40" customFormat="false" ht="29.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A40" s="35" t="n">
+        <v>46256</v>
+      </c>
+      <c r="B40" s="40" t="s">
+        <v>33</v>
+      </c>
+      <c r="C40" s="41" t="s">
+        <v>70</v>
+      </c>
+      <c r="D40" s="37" t="s">
+        <v>80</v>
+      </c>
+      <c r="E40" s="13" t="s">
+        <v>179</v>
+      </c>
+      <c r="F40" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="G40" s="10" t="s">
+        <v>180</v>
+      </c>
+      <c r="H40" s="34" t="n">
+        <v>105</v>
+      </c>
+      <c r="I40" s="46" t="s">
+        <v>181</v>
+      </c>
+      <c r="J40" s="15" t="s">
+        <v>182</v>
+      </c>
+      <c r="K40" s="15" t="s">
+        <v>183</v>
+      </c>
+      <c r="L40" s="39"/>
+      <c r="M40" s="39"/>
+      <c r="N40" s="39"/>
+      <c r="O40" s="39"/>
+      <c r="P40" s="39"/>
+      <c r="Q40" s="39"/>
+      <c r="R40" s="39"/>
+      <c r="S40" s="39"/>
+      <c r="T40" s="39"/>
+      <c r="U40" s="39"/>
+      <c r="V40" s="39"/>
+      <c r="W40" s="39"/>
+      <c r="X40" s="39"/>
+      <c r="Y40" s="39"/>
+      <c r="Z40" s="39"/>
+    </row>
+    <row r="41" s="5" customFormat="true" ht="28.4" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A41" s="9" t="n">
+        <v>46264</v>
+      </c>
+      <c r="B41" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C41" s="23" t="s">
+        <v>34</v>
+      </c>
+      <c r="D41" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="13" t="s">
+        <v>184</v>
+      </c>
+      <c r="F41" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="G41" s="10" t="s">
+        <v>185</v>
+      </c>
+      <c r="H41" s="10" t="n">
+        <v>128</v>
+      </c>
+      <c r="I41" s="47" t="s">
+        <v>186</v>
+      </c>
+      <c r="J41" s="15" t="s">
+        <v>187</v>
+      </c>
+      <c r="K41" s="10" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="42" s="5" customFormat="true" ht="20" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A42" s="9" t="n">
+        <v>46270</v>
+      </c>
+      <c r="B42" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="C42" s="19" t="s">
+        <v>189</v>
+      </c>
+      <c r="D42" s="19"/>
+      <c r="E42" s="19"/>
+      <c r="F42" s="19"/>
+      <c r="G42" s="19"/>
+      <c r="H42" s="19"/>
+      <c r="I42" s="51" t="s">
+        <v>189</v>
+      </c>
+      <c r="J42" s="52" t="s">
+        <v>190</v>
+      </c>
+      <c r="K42" s="10"/>
+    </row>
+    <row r="43" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A43" s="35" t="n">
+        <v>46271</v>
+      </c>
+      <c r="B43" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="C43" s="53" t="s">
+        <v>52</v>
+      </c>
+      <c r="D43" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="E43" s="54" t="s">
+        <v>191</v>
+      </c>
+      <c r="F43" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="G43" s="34" t="s">
+        <v>151</v>
+      </c>
+      <c r="H43" s="34" t="n">
+        <v>100</v>
+      </c>
+      <c r="I43" s="55" t="s">
+        <v>193</v>
+      </c>
+      <c r="J43" s="50" t="s">
+        <v>194</v>
+      </c>
+      <c r="K43" s="38" t="s">
+        <v>127</v>
+      </c>
+      <c r="L43" s="39"/>
+      <c r="M43" s="39"/>
+      <c r="N43" s="39"/>
+      <c r="O43" s="39"/>
+      <c r="P43" s="39"/>
+      <c r="Q43" s="39"/>
+      <c r="R43" s="39"/>
+      <c r="S43" s="39"/>
+      <c r="T43" s="39"/>
+      <c r="U43" s="39"/>
+      <c r="V43" s="39"/>
+      <c r="W43" s="39"/>
+      <c r="X43" s="39"/>
+      <c r="Y43" s="39"/>
+      <c r="Z43" s="39"/>
+    </row>
+    <row r="44" s="5" customFormat="true" ht="28.4" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A44" s="9" t="s">
+        <v>195</v>
+      </c>
+      <c r="B44" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="C44" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="E44" s="26" t="s">
+        <v>196</v>
+      </c>
+      <c r="F44" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="G44" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="H44" s="10" t="n">
+        <v>133</v>
+      </c>
+      <c r="I44" s="18" t="s">
+        <v>197</v>
+      </c>
+      <c r="J44" s="15" t="s">
+        <v>198</v>
+      </c>
+      <c r="K44" s="10" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="45" s="5" customFormat="true" ht="27.65" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A45" s="9" t="s">
+        <v>101</v>
+      </c>
+      <c r="B45" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C45" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="26" t="s">
+        <v>199</v>
+      </c>
+      <c r="F45" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="G45" s="15" t="s">
+        <v>17</v>
+      </c>
+      <c r="H45" s="15" t="n">
+        <v>122</v>
+      </c>
+      <c r="I45" s="18" t="s">
+        <v>200</v>
+      </c>
+      <c r="J45" s="15" t="s">
+        <v>201</v>
+      </c>
+      <c r="K45" s="10" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="46" s="5" customFormat="true" ht="28.4" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A46" s="9" t="n">
+        <v>46278</v>
+      </c>
+      <c r="B46" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C46" s="30" t="s">
+        <v>79</v>
+      </c>
+      <c r="D46" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="E46" s="13" t="s">
+        <v>202</v>
+      </c>
+      <c r="F46" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="G46" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H46" s="10" t="n">
+        <v>75</v>
+      </c>
+      <c r="I46" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="J46" s="15" t="s">
+        <v>204</v>
+      </c>
+      <c r="K46" s="10" t="s">
         <v>20</v>
       </c>
-      <c r="K7" s="13" t="s">
+    </row>
+    <row r="47" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A47" s="35" t="n">
+        <v>46284</v>
+      </c>
+      <c r="B47" s="40" t="s">
+        <v>33</v>
+      </c>
+      <c r="C47" s="41" t="s">
+        <v>70</v>
+      </c>
+      <c r="D47" s="37" t="s">
+        <v>80</v>
+      </c>
+      <c r="E47" s="13" t="s">
+        <v>191</v>
+      </c>
+      <c r="F47" s="10" t="s">
+        <v>205</v>
+      </c>
+      <c r="G47" s="10" t="s">
+        <v>180</v>
+      </c>
+      <c r="H47" s="34" t="n">
+        <v>79</v>
+      </c>
+      <c r="I47" s="14" t="s">
+        <v>206</v>
+      </c>
+      <c r="J47" s="50" t="s">
+        <v>207</v>
+      </c>
+      <c r="K47" s="56" t="s">
+        <v>127</v>
+      </c>
+      <c r="L47" s="39"/>
+      <c r="M47" s="39"/>
+      <c r="N47" s="39"/>
+      <c r="O47" s="39"/>
+      <c r="P47" s="39"/>
+      <c r="Q47" s="39"/>
+      <c r="R47" s="39"/>
+      <c r="S47" s="39"/>
+      <c r="T47" s="39"/>
+      <c r="U47" s="39"/>
+      <c r="V47" s="39"/>
+      <c r="W47" s="39"/>
+      <c r="X47" s="39"/>
+      <c r="Y47" s="39"/>
+      <c r="Z47" s="39"/>
+    </row>
+    <row r="48" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A48" s="35" t="s">
+        <v>208</v>
+      </c>
+      <c r="B48" s="40" t="s">
+        <v>209</v>
+      </c>
+      <c r="C48" s="57" t="s">
+        <v>210</v>
+      </c>
+      <c r="D48" s="57"/>
+      <c r="E48" s="57"/>
+      <c r="F48" s="57"/>
+      <c r="G48" s="57"/>
+      <c r="H48" s="57"/>
+      <c r="I48" s="57" t="s">
+        <v>210</v>
+      </c>
+      <c r="J48" s="58" t="s">
+        <v>211</v>
+      </c>
+      <c r="K48" s="56"/>
+      <c r="L48" s="39"/>
+      <c r="M48" s="39"/>
+      <c r="N48" s="39"/>
+      <c r="O48" s="39"/>
+      <c r="P48" s="39"/>
+      <c r="Q48" s="39"/>
+      <c r="R48" s="39"/>
+      <c r="S48" s="39"/>
+      <c r="T48" s="39"/>
+      <c r="U48" s="39"/>
+      <c r="V48" s="39"/>
+      <c r="W48" s="39"/>
+      <c r="X48" s="39"/>
+      <c r="Y48" s="39"/>
+      <c r="Z48" s="39"/>
+    </row>
+    <row r="49" customFormat="false" ht="28.4" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A49" s="35"/>
+      <c r="B49" s="40" t="s">
+        <v>212</v>
+      </c>
+      <c r="C49" s="59" t="s">
+        <v>22</v>
+      </c>
+      <c r="D49" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="E49" s="10" t="s">
+        <v>213</v>
+      </c>
+      <c r="F49" s="10" t="s">
+        <v>214</v>
+      </c>
+      <c r="G49" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H49" s="34" t="n">
+        <v>54</v>
+      </c>
+      <c r="I49" s="10" t="s">
+        <v>215</v>
+      </c>
+      <c r="J49" s="10" t="s">
+        <v>216</v>
+      </c>
+      <c r="K49" s="60" t="s">
+        <v>131</v>
+      </c>
+      <c r="L49" s="39"/>
+      <c r="M49" s="39"/>
+      <c r="N49" s="39"/>
+      <c r="O49" s="39"/>
+      <c r="P49" s="39"/>
+      <c r="Q49" s="39"/>
+      <c r="R49" s="39"/>
+      <c r="S49" s="39"/>
+      <c r="T49" s="39"/>
+      <c r="U49" s="39"/>
+      <c r="V49" s="39"/>
+      <c r="W49" s="39"/>
+      <c r="X49" s="39"/>
+      <c r="Y49" s="39"/>
+      <c r="Z49" s="39"/>
+    </row>
+    <row r="50" customFormat="false" ht="28.4" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A50" s="35"/>
+      <c r="B50" s="40" t="s">
+        <v>212</v>
+      </c>
+      <c r="C50" s="23" t="s">
+        <v>34</v>
+      </c>
+      <c r="D50" s="37" t="s">
+        <v>80</v>
+      </c>
+      <c r="E50" s="10" t="s">
+        <v>81</v>
+      </c>
+      <c r="F50" s="10" t="s">
+        <v>217</v>
+      </c>
+      <c r="G50" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H50" s="34" t="n">
+        <v>106</v>
+      </c>
+      <c r="I50" s="15" t="s">
+        <v>218</v>
+      </c>
+      <c r="J50" s="10" t="s">
+        <v>219</v>
+      </c>
+      <c r="K50" s="60" t="s">
+        <v>112</v>
+      </c>
+      <c r="L50" s="39"/>
+      <c r="M50" s="39"/>
+      <c r="N50" s="39"/>
+      <c r="O50" s="39"/>
+      <c r="P50" s="39"/>
+      <c r="Q50" s="39"/>
+      <c r="R50" s="39"/>
+      <c r="S50" s="39"/>
+      <c r="T50" s="39"/>
+      <c r="U50" s="39"/>
+      <c r="V50" s="39"/>
+      <c r="W50" s="39"/>
+      <c r="X50" s="39"/>
+      <c r="Y50" s="39"/>
+      <c r="Z50" s="39"/>
+    </row>
+    <row r="51" customFormat="false" ht="33.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A51" s="35"/>
+      <c r="B51" s="40" t="s">
+        <v>212</v>
+      </c>
+      <c r="C51" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="E51" s="10" t="s">
+        <v>220</v>
+      </c>
+      <c r="F51" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="G51" s="10" t="s">
+        <v>114</v>
+      </c>
+      <c r="H51" s="34" t="n">
+        <v>142</v>
+      </c>
+      <c r="I51" s="15" t="s">
+        <v>222</v>
+      </c>
+      <c r="J51" s="10" t="s">
+        <v>223</v>
+      </c>
+      <c r="K51" s="60" t="s">
+        <v>112</v>
+      </c>
+      <c r="L51" s="39"/>
+      <c r="M51" s="39"/>
+      <c r="N51" s="39"/>
+      <c r="O51" s="39"/>
+      <c r="P51" s="39"/>
+      <c r="Q51" s="39"/>
+      <c r="R51" s="39"/>
+      <c r="S51" s="39"/>
+      <c r="T51" s="39"/>
+      <c r="U51" s="39"/>
+      <c r="V51" s="39"/>
+      <c r="W51" s="39"/>
+      <c r="X51" s="39"/>
+      <c r="Y51" s="39"/>
+      <c r="Z51" s="39"/>
+    </row>
+    <row r="52" customFormat="false" ht="25.4" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A52" s="35"/>
+      <c r="B52" s="40" t="s">
+        <v>224</v>
+      </c>
+      <c r="C52" s="23" t="s">
+        <v>34</v>
+      </c>
+      <c r="D52" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="F52" s="10" t="s">
+        <v>226</v>
+      </c>
+      <c r="G52" s="10" t="s">
+        <v>180</v>
+      </c>
+      <c r="H52" s="34" t="n">
+        <v>89</v>
+      </c>
+      <c r="I52" s="15" t="s">
+        <v>227</v>
+      </c>
+      <c r="J52" s="10" t="s">
+        <v>228</v>
+      </c>
+      <c r="K52" s="60" t="s">
+        <v>112</v>
+      </c>
+      <c r="L52" s="39"/>
+      <c r="M52" s="39"/>
+      <c r="N52" s="39"/>
+      <c r="O52" s="39"/>
+      <c r="P52" s="39"/>
+      <c r="Q52" s="39"/>
+      <c r="R52" s="39"/>
+      <c r="S52" s="39"/>
+      <c r="T52" s="39"/>
+      <c r="U52" s="39"/>
+      <c r="V52" s="39"/>
+      <c r="W52" s="39"/>
+      <c r="X52" s="39"/>
+      <c r="Y52" s="39"/>
+      <c r="Z52" s="39"/>
+    </row>
+    <row r="53" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A53" s="35"/>
+      <c r="B53" s="40" t="s">
+        <v>224</v>
+      </c>
+      <c r="C53" s="59" t="s">
+        <v>22</v>
+      </c>
+      <c r="D53" s="37" t="s">
+        <v>80</v>
+      </c>
+      <c r="E53" s="10" t="s">
+        <v>229</v>
+      </c>
+      <c r="F53" s="10" t="s">
+        <v>167</v>
+      </c>
+      <c r="G53" s="10" t="s">
+        <v>114</v>
+      </c>
+      <c r="H53" s="34" t="n">
+        <v>106</v>
+      </c>
+      <c r="I53" s="10" t="s">
+        <v>230</v>
+      </c>
+      <c r="J53" s="10" t="s">
+        <v>228</v>
+      </c>
+      <c r="K53" s="60" t="s">
+        <v>112</v>
+      </c>
+      <c r="L53" s="39"/>
+      <c r="M53" s="39"/>
+      <c r="N53" s="39"/>
+      <c r="O53" s="39"/>
+      <c r="P53" s="39"/>
+      <c r="Q53" s="39"/>
+      <c r="R53" s="39"/>
+      <c r="S53" s="39"/>
+      <c r="T53" s="39"/>
+      <c r="U53" s="39"/>
+      <c r="V53" s="39"/>
+      <c r="W53" s="39"/>
+      <c r="X53" s="39"/>
+      <c r="Y53" s="39"/>
+      <c r="Z53" s="39"/>
+    </row>
+    <row r="54" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A54" s="35"/>
+      <c r="B54" s="40" t="s">
+        <v>224</v>
+      </c>
+      <c r="C54" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" s="48" t="s">
+        <v>231</v>
+      </c>
+      <c r="E54" s="10" t="s">
+        <v>232</v>
+      </c>
+      <c r="F54" s="10" t="s">
+        <v>221</v>
+      </c>
+      <c r="G54" s="10" t="s">
+        <v>114</v>
+      </c>
+      <c r="H54" s="34" t="n">
+        <v>161</v>
+      </c>
+      <c r="I54" s="10" t="s">
+        <v>233</v>
+      </c>
+      <c r="J54" s="10" t="s">
+        <v>228</v>
+      </c>
+      <c r="K54" s="60" t="s">
+        <v>112</v>
+      </c>
+      <c r="L54" s="39"/>
+      <c r="M54" s="39"/>
+      <c r="N54" s="39"/>
+      <c r="O54" s="39"/>
+      <c r="P54" s="39"/>
+      <c r="Q54" s="39"/>
+      <c r="R54" s="39"/>
+      <c r="S54" s="39"/>
+      <c r="T54" s="39"/>
+      <c r="U54" s="39"/>
+      <c r="V54" s="39"/>
+      <c r="W54" s="39"/>
+      <c r="X54" s="39"/>
+      <c r="Y54" s="39"/>
+      <c r="Z54" s="39"/>
+    </row>
+    <row r="55" s="5" customFormat="true" ht="28.4" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A55" s="9" t="n">
+        <v>46298</v>
+      </c>
+      <c r="B55" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="C55" s="30" t="s">
+        <v>79</v>
+      </c>
+      <c r="D55" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="E55" s="26" t="s">
+        <v>234</v>
+      </c>
+      <c r="F55" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="G55" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H55" s="10" t="n">
+        <v>103</v>
+      </c>
+      <c r="I55" s="14" t="s">
+        <v>235</v>
+      </c>
+      <c r="J55" s="15" t="s">
+        <v>236</v>
+      </c>
+      <c r="K55" s="15" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="56" s="5" customFormat="true" ht="30.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A56" s="9" t="s">
+        <v>101</v>
+      </c>
+      <c r="B56" s="10" t="s">
         <v>21</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="19" t="s">
+      <c r="C56" s="30" t="s">
+        <v>79</v>
+      </c>
+      <c r="D56" s="12" t="s">
+        <v>14</v>
+      </c>
+      <c r="E56" s="26" t="s">
+        <v>238</v>
+      </c>
+      <c r="F56" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="G56" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="H56" s="10" t="n">
+        <v>106</v>
+      </c>
+      <c r="I56" s="14" t="s">
+        <v>239</v>
+      </c>
+      <c r="J56" s="15" t="s">
+        <v>240</v>
+      </c>
+      <c r="K56" s="15" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="57" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A57" s="35" t="n">
+        <v>46305</v>
+      </c>
+      <c r="B57" s="40" t="s">
+        <v>33</v>
+      </c>
+      <c r="C57" s="36" t="s">
+        <v>122</v>
+      </c>
+      <c r="D57" s="37" t="s">
+        <v>80</v>
+      </c>
+      <c r="E57" s="13" t="s">
+        <v>241</v>
+      </c>
+      <c r="F57" s="10" t="s">
+        <v>242</v>
+      </c>
+      <c r="G57" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="H57" s="34" t="n">
+        <v>85</v>
+      </c>
+      <c r="I57" s="61" t="s">
+        <v>243</v>
+      </c>
+      <c r="J57" s="15" t="s">
+        <v>244</v>
+      </c>
+      <c r="K57" s="56" t="s">
+        <v>127</v>
+      </c>
+      <c r="L57" s="39"/>
+      <c r="M57" s="39"/>
+      <c r="N57" s="39"/>
+      <c r="O57" s="39"/>
+      <c r="P57" s="39"/>
+      <c r="Q57" s="39"/>
+      <c r="R57" s="39"/>
+      <c r="S57" s="39"/>
+      <c r="T57" s="39"/>
+      <c r="U57" s="39"/>
+      <c r="V57" s="39"/>
+      <c r="W57" s="39"/>
+      <c r="X57" s="39"/>
+      <c r="Y57" s="39"/>
+      <c r="Z57" s="39"/>
+    </row>
+    <row r="58" s="5" customFormat="true" ht="29.15" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A58" s="9" t="n">
+        <v>46312</v>
+      </c>
+      <c r="B58" s="22" t="s">
+        <v>33</v>
+      </c>
+      <c r="C58" s="27" t="s">
+        <v>64</v>
+      </c>
+      <c r="D58" s="17" t="s">
+        <v>23</v>
+      </c>
+      <c r="E58" s="13" t="s">
+        <v>245</v>
+      </c>
+      <c r="F58" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="G58" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H58" s="10" t="n">
+        <v>61</v>
+      </c>
+      <c r="I58" s="18" t="s">
+        <v>246</v>
+      </c>
+      <c r="J58" s="15" t="s">
+        <v>247</v>
+      </c>
+      <c r="K58" s="15" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="59" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A59" s="35" t="n">
+        <v>46320</v>
+      </c>
+      <c r="B59" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="C59" s="59" t="s">
         <v>22</v>
       </c>
-      <c r="B8" s="13" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="20" t="s">
+      <c r="D59" s="37" t="s">
+        <v>80</v>
+      </c>
+      <c r="E59" s="13" t="s">
+        <v>249</v>
+      </c>
+      <c r="F59" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="G59" s="10" t="s">
+        <v>180</v>
+      </c>
+      <c r="H59" s="34" t="n">
+        <v>78</v>
+      </c>
+      <c r="I59" s="14" t="s">
+        <v>250</v>
+      </c>
+      <c r="J59" s="15" t="s">
+        <v>251</v>
+      </c>
+      <c r="K59" s="56" t="s">
+        <v>127</v>
+      </c>
+      <c r="L59" s="39"/>
+      <c r="M59" s="39"/>
+      <c r="N59" s="39"/>
+      <c r="O59" s="39"/>
+      <c r="P59" s="39"/>
+      <c r="Q59" s="39"/>
+      <c r="R59" s="39"/>
+      <c r="S59" s="39"/>
+      <c r="T59" s="39"/>
+      <c r="U59" s="39"/>
+      <c r="V59" s="39"/>
+      <c r="W59" s="39"/>
+      <c r="X59" s="39"/>
+      <c r="Y59" s="39"/>
+      <c r="Z59" s="39"/>
+    </row>
+    <row r="60" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A60" s="35" t="n">
+        <v>46326</v>
+      </c>
+      <c r="B60" s="40" t="s">
+        <v>33</v>
+      </c>
+      <c r="C60" s="36" t="s">
+        <v>122</v>
+      </c>
+      <c r="D60" s="48" t="s">
+        <v>14</v>
+      </c>
+      <c r="E60" s="13" t="s">
+        <v>252</v>
+      </c>
+      <c r="F60" s="34" t="s">
+        <v>60</v>
+      </c>
+      <c r="G60" s="34" t="s">
+        <v>109</v>
+      </c>
+      <c r="H60" s="34" t="n">
+        <v>117</v>
+      </c>
+      <c r="I60" s="55" t="s">
+        <v>253</v>
+      </c>
+      <c r="J60" s="50" t="s">
+        <v>254</v>
+      </c>
+      <c r="K60" s="56" t="s">
+        <v>127</v>
+      </c>
+      <c r="L60" s="39"/>
+      <c r="M60" s="39"/>
+      <c r="N60" s="39"/>
+      <c r="O60" s="39"/>
+      <c r="P60" s="39"/>
+      <c r="Q60" s="39"/>
+      <c r="R60" s="39"/>
+      <c r="S60" s="39"/>
+      <c r="T60" s="39"/>
+      <c r="U60" s="39"/>
+      <c r="V60" s="39"/>
+      <c r="W60" s="39"/>
+      <c r="X60" s="39"/>
+      <c r="Y60" s="39"/>
+      <c r="Z60" s="39"/>
+    </row>
+    <row r="61" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A61" s="35" t="n">
+        <v>46333</v>
+      </c>
+      <c r="B61" s="40" t="s">
+        <v>33</v>
+      </c>
+      <c r="C61" s="53" t="s">
+        <v>52</v>
+      </c>
+      <c r="D61" s="42" t="s">
         <v>23</v>
       </c>
-      <c r="D8" s="16" t="s">
-[...6 lines deleted...]
-      <c r="I8" s="13" t="s">
+      <c r="E61" s="54" t="s">
+        <v>161</v>
+      </c>
+      <c r="F61" s="34" t="s">
+        <v>16</v>
+      </c>
+      <c r="G61" s="34" t="s">
         <v>25</v>
       </c>
-      <c r="J8" s="13" t="s">
-[...39 lines deleted...]
-      <c r="D10" s="15" t="s">
+      <c r="H61" s="34" t="n">
+        <v>62</v>
+      </c>
+      <c r="I61" s="55" t="s">
+        <v>255</v>
+      </c>
+      <c r="J61" s="50" t="s">
+        <v>256</v>
+      </c>
+      <c r="K61" s="38" t="s">
+        <v>127</v>
+      </c>
+      <c r="L61" s="39"/>
+      <c r="M61" s="39"/>
+      <c r="N61" s="39"/>
+      <c r="O61" s="39"/>
+      <c r="P61" s="39"/>
+      <c r="Q61" s="39"/>
+      <c r="R61" s="39"/>
+      <c r="S61" s="39"/>
+      <c r="T61" s="39"/>
+      <c r="U61" s="39"/>
+      <c r="V61" s="39"/>
+      <c r="W61" s="39"/>
+      <c r="X61" s="39"/>
+      <c r="Y61" s="39"/>
+      <c r="Z61" s="39"/>
+    </row>
+    <row r="62" s="5" customFormat="true" ht="25.4" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A62" s="9" t="n">
+        <v>46341</v>
+      </c>
+      <c r="B62" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C62" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="E10" s="16" t="s">
-[...2 lines deleted...]
-      <c r="F10" s="13" t="s">
+      <c r="E62" s="13" t="s">
+        <v>257</v>
+      </c>
+      <c r="F62" s="10" t="s">
+        <v>48</v>
+      </c>
+      <c r="G62" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="H62" s="10" t="n">
+        <v>121</v>
+      </c>
+      <c r="I62" s="14" t="s">
+        <v>258</v>
+      </c>
+      <c r="J62" s="15" t="s">
+        <v>259</v>
+      </c>
+      <c r="K62" s="15" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="63" s="5" customFormat="true" ht="20" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A63" s="9" t="n">
+        <v>46355</v>
+      </c>
+      <c r="B63" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C63" s="30" t="s">
+        <v>79</v>
+      </c>
+      <c r="D63" s="31" t="s">
+        <v>80</v>
+      </c>
+      <c r="E63" s="13" t="s">
+        <v>261</v>
+      </c>
+      <c r="F63" s="10" t="s">
+        <v>262</v>
+      </c>
+      <c r="G63" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H63" s="10" t="n">
+        <v>83</v>
+      </c>
+      <c r="I63" s="14" t="s">
+        <v>263</v>
+      </c>
+      <c r="J63" s="15" t="s">
+        <v>264</v>
+      </c>
+      <c r="K63" s="10" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="64" s="5" customFormat="true" ht="20" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A64" s="9" t="n">
+        <v>46361</v>
+      </c>
+      <c r="B64" s="22" t="s">
         <v>33</v>
       </c>
-      <c r="G10" s="13" t="s">
+      <c r="C64" s="23" t="s">
         <v>34</v>
       </c>
-      <c r="H10" s="13" t="s">
+      <c r="D64" s="24" t="s">
         <v>35</v>
       </c>
-      <c r="I10" s="13" t="s">
-[...16 lines deleted...]
-      <c r="C11" s="20" t="s">
+      <c r="E64" s="29" t="s">
+        <v>127</v>
+      </c>
+      <c r="F64" s="29" t="s">
+        <v>127</v>
+      </c>
+      <c r="G64" s="29" t="s">
+        <v>127</v>
+      </c>
+      <c r="H64" s="29" t="s">
+        <v>127</v>
+      </c>
+      <c r="I64" s="62" t="s">
+        <v>266</v>
+      </c>
+      <c r="J64" s="29" t="s">
+        <v>127</v>
+      </c>
+      <c r="K64" s="29" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="65" s="5" customFormat="true" ht="26.9" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A65" s="9" t="n">
+        <v>46369</v>
+      </c>
+      <c r="B65" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C65" s="27" t="s">
+        <v>64</v>
+      </c>
+      <c r="D65" s="17" t="s">
         <v>23</v>
       </c>
-      <c r="D11" s="16" t="s">
-[...47 lines deleted...]
-      <c r="I12" s="13" t="s">
+      <c r="E65" s="13" t="s">
+        <v>267</v>
+      </c>
+      <c r="F65" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="G65" s="10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H65" s="10" t="n">
+        <v>60</v>
+      </c>
+      <c r="I65" s="14" t="s">
+        <v>268</v>
+      </c>
+      <c r="J65" s="15" t="s">
+        <v>269</v>
+      </c>
+      <c r="K65" s="15" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="66" customFormat="false" ht="19.5" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A66" s="35" t="n">
+        <v>46376</v>
+      </c>
+      <c r="B66" s="34" t="s">
+        <v>21</v>
+      </c>
+      <c r="C66" s="53" t="s">
         <v>52</v>
       </c>
-      <c r="J12" s="17" t="s">
-[...533 lines deleted...]
-      <c r="F30" s="13" t="s">
+      <c r="D66" s="63" t="s">
+        <v>35</v>
+      </c>
+      <c r="E66" s="38" t="s">
         <v>127</v>
       </c>
-      <c r="G30" s="13" t="s">
-[...207 lines deleted...]
-      <c r="F37" s="13" t="s">
+      <c r="F66" s="38" t="s">
         <v>127</v>
       </c>
-      <c r="G37" s="13" t="s">
-[...626 lines deleted...]
-      <c r="F57" s="13" t="s">
+      <c r="G66" s="38" t="s">
         <v>127</v>
       </c>
-      <c r="G57" s="13" t="s">
-[...62 lines deleted...]
-      <c r="F59" s="13" t="s">
+      <c r="H66" s="38" t="s">
         <v>127</v>
       </c>
-      <c r="G59" s="13" t="s">
-[...140 lines deleted...]
-      <c r="J63" s="17" t="s">
+      <c r="I66" s="64" t="s">
         <v>266</v>
       </c>
-      <c r="K63" s="13"/>
-[...29 lines deleted...]
-      <c r="J64" s="17" t="s">
+      <c r="J66" s="38" t="s">
+        <v>127</v>
+      </c>
+      <c r="K66" s="38" t="s">
+        <v>127</v>
+      </c>
+      <c r="L66" s="39"/>
+      <c r="M66" s="39"/>
+      <c r="N66" s="39"/>
+      <c r="O66" s="39"/>
+      <c r="P66" s="39"/>
+      <c r="Q66" s="39"/>
+      <c r="R66" s="39"/>
+      <c r="S66" s="39"/>
+      <c r="T66" s="39"/>
+      <c r="U66" s="39"/>
+      <c r="V66" s="39"/>
+      <c r="W66" s="39"/>
+      <c r="X66" s="39"/>
+      <c r="Y66" s="39"/>
+      <c r="Z66" s="39"/>
+    </row>
+    <row r="67" s="5" customFormat="true" ht="20" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A67" s="9"/>
+      <c r="B67" s="10"/>
+      <c r="C67" s="65"/>
+      <c r="D67" s="65"/>
+      <c r="E67" s="13"/>
+      <c r="F67" s="10"/>
+      <c r="G67" s="10"/>
+      <c r="H67" s="10"/>
+      <c r="I67" s="10"/>
+      <c r="J67" s="15"/>
+      <c r="K67" s="10"/>
+    </row>
+    <row r="68" s="5" customFormat="true" ht="20" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A68" s="9"/>
+      <c r="B68" s="10"/>
+      <c r="C68" s="65"/>
+      <c r="D68" s="65"/>
+      <c r="E68" s="13"/>
+      <c r="F68" s="10"/>
+      <c r="G68" s="10"/>
+      <c r="H68" s="10"/>
+      <c r="I68" s="10"/>
+      <c r="J68" s="15"/>
+      <c r="K68" s="10"/>
+    </row>
+    <row r="69" s="5" customFormat="true" ht="20" hidden="false" customHeight="true" outlineLevel="0" collapsed="false">
+      <c r="A69" s="32"/>
+      <c r="B69" s="10"/>
+      <c r="C69" s="13"/>
+      <c r="D69" s="13"/>
+      <c r="E69" s="13"/>
+      <c r="F69" s="10"/>
+      <c r="G69" s="10"/>
+      <c r="H69" s="10"/>
+      <c r="I69" s="10"/>
+      <c r="J69" s="15"/>
+      <c r="K69" s="10" t="s">
         <v>271</v>
       </c>
-      <c r="K64" s="13"/>
-[...14 lines deleted...]
-      <c r="E65" s="16" t="s">
+    </row>
+    <row r="72" customFormat="false" ht="15.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="C72" s="66" t="s">
         <v>272</v>
       </c>
-      <c r="F65" s="13" t="s">
-[...5 lines deleted...]
-      <c r="H65" s="13" t="s">
+    </row>
+    <row r="73" customFormat="false" ht="15.5" hidden="false" customHeight="false" outlineLevel="0" collapsed="false">
+      <c r="C73" s="67" t="s">
         <v>273</v>
       </c>
-      <c r="I65" s="13" t="s">
-[...67 lines deleted...]
-    </row>
+    </row>
+    <row r="1048576" customFormat="false" ht="12.8" hidden="false" customHeight="false" outlineLevel="0" collapsed="false"/>
   </sheetData>
-  <mergeCells count="4">
+  <mergeCells count="18">
     <mergeCell ref="A2:K4"/>
-    <mergeCell ref="A5:K5"/>
-    <mergeCell ref="C9:H9"/>
+    <mergeCell ref="C8:H8"/>
+    <mergeCell ref="A20:A22"/>
+    <mergeCell ref="B20:B22"/>
+    <mergeCell ref="C20:C22"/>
+    <mergeCell ref="D20:D22"/>
+    <mergeCell ref="A32:A34"/>
+    <mergeCell ref="B32:B34"/>
+    <mergeCell ref="C32:C34"/>
+    <mergeCell ref="D32:D34"/>
+    <mergeCell ref="C42:H42"/>
+    <mergeCell ref="C44:C45"/>
+    <mergeCell ref="D44:D45"/>
+    <mergeCell ref="A48:A54"/>
     <mergeCell ref="C48:H48"/>
+    <mergeCell ref="A55:A56"/>
+    <mergeCell ref="C55:C56"/>
+    <mergeCell ref="D55:D56"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="1.14375" bottom="1.14375" header="0.51180555555555496" footer="0.51180555555555496"/>
-  <pageSetup paperSize="9" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300"/>
+  <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
+  <pageMargins left="0.7" right="0.7" top="1.14375" bottom="1.14375" header="0.511805555555555" footer="0.511805555555555"/>
+  <pageSetup paperSize="9" scale="100" firstPageNumber="0" fitToWidth="1" fitToHeight="1" pageOrder="downThenOver" orientation="portrait" blackAndWhite="false" draft="false" cellComments="none" useFirstPageNumber="false" horizontalDpi="300" verticalDpi="300" copies="1"/>
+  <headerFooter differentFirst="false" differentOddEven="false">
+    <oddHeader/>
+    <oddFooter/>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Application>Microsoft Excel</Application>
-[...20 lines deleted...]
-  <AppVersion></AppVersion>
+  <Application>LibreOffice/7.0.3.1$Windows_X86_64 LibreOffice_project/d7547858d014d4cf69878db179d326fc3483e082</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Joel Vergnault</dc:creator>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:language>fr-FR</dc:language>
+  <cp:lastModifiedBy/>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-[...1 lines deleted...]
-  <dc:language>fr-FR</dc:language>
+  <dc:subject/>
+  <dc:title/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>16.0300</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="DocSecurity">
     <vt:i4>0</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="HyperlinksChanged">
-    <vt:bool>false</vt:bool>
+    <vt:bool>0</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="LinksUpToDate">
-    <vt:bool>false</vt:bool>
+    <vt:bool>0</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ScaleCrop">
-    <vt:bool>false</vt:bool>
+    <vt:bool>0</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="ShareDoc">
-    <vt:bool>false</vt:bool>
+    <vt:bool>0</vt:bool>
   </property>
 </Properties>
 </file>